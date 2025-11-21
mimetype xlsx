--- v0 (2025-10-05)
+++ v1 (2025-11-21)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdWorkbook" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
     <Relationship Id="rIdCore" Type="http://schemas.openxmlformats.org/officedocument/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
     <Relationship Id="rIdApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Přehled obchodníků" sheetId="1" r:id="rIdSheet1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="305" uniqueCount="305">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="315" uniqueCount="315">
   <si>
     <t xml:space="preserve">1. Bruslařský klub Buď INline Ostrava, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Kubalova 394/59</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Výškovice</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">1. Judo club Baník Ostrava, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Jaroslava Misky 71/11</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Dubina</t>
   </si>
   <si>
@@ -159,50 +159,65 @@
   <si>
     <t xml:space="preserve">Ostrava-Muglinov</t>
   </si>
   <si>
     <t xml:space="preserve">71200</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">Bc. Michaela Gwózdźová</t>
   </si>
   <si>
     <t xml:space="preserve">Jezerní 648/20</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Hrabová</t>
   </si>
   <si>
     <t xml:space="preserve">72000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">Buď INline Ostrava</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Volgogradská 2418/100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ostrava - Zábřeh</t>
+  </si>
+  <si>
+    <t xml:space="preserve">70030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rekreace a Kultura, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
     <t xml:space="preserve">Crabík</t>
   </si>
   <si>
     <t xml:space="preserve">Vřesinská 2382/166</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
     <t xml:space="preserve">Crocogarden z.s. - Berukroužky, MŠ Hello Teddy</t>
   </si>
   <si>
     <t xml:space="preserve">Františka Formana 268/45</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
@@ -444,243 +459,258 @@
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70200</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
     <t xml:space="preserve">MFK VÍTKOVICE z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Brandlova 1685/9</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Moravská Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70200</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
-    <t xml:space="preserve">Mgr. et Mgr. Marek Švajný</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Volgogradská 2418/100</t>
+    <t xml:space="preserve">Pavučina o.p.s.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bořivojova 620/29</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ostrava - Kunčičky</t>
+  </si>
+  <si>
+    <t xml:space="preserve">71800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rekreace a Kultura, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Plavecká školička - Daniela Klímová</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Michálkovická 1715/72</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ostrava - Slezská Ostrava</t>
+  </si>
+  <si>
+    <t xml:space="preserve">71000</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Plavecký klub Bonifác</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maďarská 1463/11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ostrava - Poruba</t>
+  </si>
+  <si>
+    <t xml:space="preserve">70800</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ProJudo z.s.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Obránců míru 863/7</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ostrava - Vítkovice</t>
+  </si>
+  <si>
+    <t xml:space="preserve">70300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RODINKA - centrum pro matku a dítě, z. s.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Karpatská 1083/32</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Zábřeh</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
-    <t xml:space="preserve">Rekreace a Kultura, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
-[...26 lines deleted...]
-    <t xml:space="preserve">71000</t>
+    <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RODINKA Svinov</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kolofíkova 816/28</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ostrava</t>
+  </si>
+  <si>
+    <t xml:space="preserve">72100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rodinné centrum KAŠTÁNEK, z.s.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Šeříková 682/33</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ostrava - Výškovice</t>
+  </si>
+  <si>
+    <t xml:space="preserve">70030</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SAZERA OSTRAVA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SOKOLSKÁ  TŘÍDA 2590/44</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ostrava</t>
+  </si>
+  <si>
+    <t xml:space="preserve">70200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SH ČMS - Sbor dobrovolných hasičů Heřmanice</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Požární 114/26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ostrava - Heřmanice</t>
+  </si>
+  <si>
+    <t xml:space="preserve">71300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SH ČMS - Sbor dobrovolných hasičů Koblov</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Koblovská 343/10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ostrava - Koblov</t>
+  </si>
+  <si>
+    <t xml:space="preserve">71100</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SH ČMS - Sbor dobrovolných hasičů Muglinov</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hladnovská 981/121</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ostrava - Muglinov</t>
+  </si>
+  <si>
+    <t xml:space="preserve">71200</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SHOTOKAN KARATE KLUB ATTFIS, z.s.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Čkalovova 942/2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ostrava - Poruba</t>
+  </si>
+  <si>
+    <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
-    <t xml:space="preserve">Plavecký klub Bonifác</t>
-[...35 lines deleted...]
-    <t xml:space="preserve">Ostrava - Zábřeh</t>
+    <t xml:space="preserve">Sportovní akademie Ostrava, z.s.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bohumíra Dvorského 1049/1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ostrava - Bělský Les</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
-    <t xml:space="preserve">RODINKA Svinov</t>
-[...20 lines deleted...]
-    <t xml:space="preserve">Ostrava - Výškovice</t>
+    <t xml:space="preserve">Sportovní basketbalová škola Ostrava z.s.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Václava Košaře 102/22</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ostrava - Dubina</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
-  </si>
-[...73 lines deleted...]
-    <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">Stanice mladých turistů</t>
   </si>
   <si>
     <t xml:space="preserve">Bohuslava Martinů 17</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
     <t xml:space="preserve">Středisko volného času Korunka, Ostrava - Mariánské Hory, příspěvková organizace</t>
   </si>
   <si>
     <t xml:space="preserve">Korunní 699/49</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Mariánské Hory</t>
   </si>
@@ -2010,43 +2040,77 @@
       </c>
       <c r="D60" s="0" t="s">
         <v>298</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" s="0" t="s">
         <v>300</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>301</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>302</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>303</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>304</v>
       </c>
     </row>
+    <row r="62" spans="1:5">
+      <c r="A62" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="B62" s="0" t="s">
+        <v>306</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>307</v>
+      </c>
+      <c r="D62" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="E62" s="0" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5">
+      <c r="A63" s="0" t="s">
+        <v>310</v>
+      </c>
+      <c r="B63" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>312</v>
+      </c>
+      <c r="D63" s="0" t="s">
+        <v>313</v>
+      </c>
+      <c r="E63" s="0" t="s">
+        <v>314</v>
+      </c>
+    </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>