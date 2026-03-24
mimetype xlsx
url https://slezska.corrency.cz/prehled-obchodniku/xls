--- v1 (2025-11-21)
+++ v2 (2026-03-24)
@@ -7,995 +7,1178 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdWorkbook" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
     <Relationship Id="rIdCore" Type="http://schemas.openxmlformats.org/officedocument/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
     <Relationship Id="rIdApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Přehled obchodníků" sheetId="1" r:id="rIdSheet1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="315" uniqueCount="315">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="376" uniqueCount="376">
   <si>
     <t xml:space="preserve">1. Bruslařský klub Buď INline Ostrava, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Kubalova 394/59</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Výškovice</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.budinline.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">1. Judo club Baník Ostrava, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Jaroslava Misky 71/11</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Dubina</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.1jcbo.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Aerobik klub Ostrava z. s.</t>
   </si>
   <si>
     <t xml:space="preserve">náměstí Slovenského národního povstání 2012/1</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Zábřeh</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.aerobikostrava.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">APARTMANOVÝ DŮM LANDEK</t>
   </si>
   <si>
     <t xml:space="preserve">U NEMOCNICE 837/2</t>
   </si>
   <si>
     <t xml:space="preserve">OSTRAVA PETŘKOVICE</t>
   </si>
   <si>
     <t xml:space="preserve">72529</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.chobotnicka.eu</t>
+  </si>
+  <si>
     <t xml:space="preserve">Baby centrum Delfínek, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">U Studia 66/31</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Zábřeh</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.bcdelfinek.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">BABY CLUB CHOBOTNIČKA</t>
   </si>
   <si>
     <t xml:space="preserve">Dvorní 766/27</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.chobotnicka.eu</t>
+  </si>
+  <si>
     <t xml:space="preserve">Baby English - RCK Chaloupka</t>
   </si>
   <si>
     <t xml:space="preserve">Smetanovo Náměstí 1180/7</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Moravská Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70200</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.babyenglish.eu</t>
+  </si>
+  <si>
     <t xml:space="preserve">Baby English - SVČ Zábřeh</t>
   </si>
   <si>
     <t xml:space="preserve">Gurťjevova 1823/8</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava Zábřeh</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.babyenglish.eu</t>
+  </si>
+  <si>
     <t xml:space="preserve">Bazén Mexiko</t>
   </si>
   <si>
     <t xml:space="preserve">Hladnovská 259/128</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava-Muglinov</t>
   </si>
   <si>
     <t xml:space="preserve">71200</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.bcdelfinek.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Bc. Michaela Gwózdźová</t>
   </si>
   <si>
     <t xml:space="preserve">Jezerní 648/20</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Hrabová</t>
   </si>
   <si>
     <t xml:space="preserve">72000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.crabik.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Buď INline Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">Volgogradská 2418/100</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Zábřeh</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">Crabík</t>
   </si>
   <si>
     <t xml:space="preserve">Vřesinská 2382/166</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.crabik.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Crocogarden z.s. - Berukroužky, MŠ Hello Teddy</t>
   </si>
   <si>
     <t xml:space="preserve">Františka Formana 268/45</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.berukrouzky.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Crocogarden z.s. - Berukroužky, ZŠ A. Kučery</t>
   </si>
   <si>
     <t xml:space="preserve">Alberta Kučery 1276/20</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.berukrouzky.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Crocogarden z.s. - Berukroužky, ZŠ Porubská 832</t>
   </si>
   <si>
     <t xml:space="preserve">Porubská 832/12</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.berukrouzky.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Dětský ráj</t>
   </si>
   <si>
     <t xml:space="preserve">Sadová 2</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70200</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://detskyrajostrava.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Dětský tábor A JE TO, z. s.</t>
   </si>
   <si>
     <t xml:space="preserve">Fišerova 888/71</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Slezská Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">71300</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.taborajeto.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Dům dětí a mládeže, Ostrava - Poruba, příspěvková organizace</t>
   </si>
   <si>
     <t xml:space="preserve">Marie Majerové 1722/23</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání</t>
   </si>
   <si>
+    <t xml:space="preserve">https://ddmporuba.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Fajn kroužky z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Sokolská třída 1263/24</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Moravská Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70200</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.fajnkrouzky.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">FBC OSTRAVA z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Hladnovská 259/128</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Muglinov</t>
   </si>
   <si>
     <t xml:space="preserve">71200</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.fbcostrava.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">FC Heřmanice Slezská z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Na Strži 368/10</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Heřmanice</t>
   </si>
   <si>
     <t xml:space="preserve">71300</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.fchermanice.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Hello language centre s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">Novinářská 1254/7</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Mariánské Hory</t>
   </si>
   <si>
     <t xml:space="preserve">70900</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.hello.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Hello language centre s.r.o.</t>
   </si>
   <si>
     <t xml:space="preserve">Čs. exilu 491/23</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.hello.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Hudební škola Yamaha</t>
   </si>
   <si>
     <t xml:space="preserve">Kravařská 2</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70900</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.yamahaprodeti.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">INFOCENTRUM SAREZA KRYTÝ BAZÉN</t>
   </si>
   <si>
     <t xml:space="preserve">Gen. Sochora 1378</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.sareza.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Korfbal klub TJ Sokol Koblov</t>
   </si>
   <si>
     <t xml:space="preserve">Střádalů 114/20</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Kunčičky</t>
   </si>
   <si>
     <t xml:space="preserve">71800</t>
   </si>
   <si>
     <t xml:space="preserve">Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.korfbalkoblov.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Lesní Klub Vrbínek</t>
   </si>
   <si>
     <t xml:space="preserve">Pětiletky 6</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">71300</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.vrbinek.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Little club - AD Landek</t>
   </si>
   <si>
     <t xml:space="preserve">U nemocnice 837</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">72529</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.littleclub.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Little club - Čapkárna</t>
   </si>
   <si>
     <t xml:space="preserve">Sokolská třída 2590/44</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70200</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.littleclub.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">MFK VÍTKOVICE z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Brandlova 1685/9</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Moravská Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70200</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.mfkv.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Pavučina o.p.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Bořivojova 620/29</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Kunčičky</t>
   </si>
   <si>
     <t xml:space="preserve">71800</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.pavucina.net</t>
+  </si>
+  <si>
     <t xml:space="preserve">Plavecká školička - Daniela Klímová</t>
   </si>
   <si>
     <t xml:space="preserve">Michálkovická 1715/72</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Slezská Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">71000</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.plaveckaskolicka.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Plavecký klub Bonifác</t>
   </si>
   <si>
     <t xml:space="preserve">Maďarská 1463/11</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.plavani.net</t>
+  </si>
+  <si>
     <t xml:space="preserve">ProJudo z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Obránců míru 863/7</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Vítkovice</t>
   </si>
   <si>
     <t xml:space="preserve">70300</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.projudo.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">RODINKA - centrum pro matku a dítě, z. s.</t>
   </si>
   <si>
     <t xml:space="preserve">Karpatská 1083/32</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Zábřeh</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.centrum-rodinka.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">RODINKA Svinov</t>
   </si>
   <si>
     <t xml:space="preserve">Kolofíkova 816/28</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">72100</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.centrum-rodinka.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Rodinné centrum KAŠTÁNEK, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Šeříková 682/33</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Výškovice</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://rckastanek.webnode.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">SAZERA OSTRAVA</t>
   </si>
   <si>
     <t xml:space="preserve">SOKOLSKÁ  TŘÍDA 2590/44</t>
   </si>
   <si>
     <t xml:space="preserve">ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70200</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.chobotnicka.eu</t>
+  </si>
+  <si>
     <t xml:space="preserve">SH ČMS - Sbor dobrovolných hasičů Heřmanice</t>
   </si>
   <si>
     <t xml:space="preserve">Požární 114/26</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Heřmanice</t>
   </si>
   <si>
     <t xml:space="preserve">71300</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://hasici.hermanice.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">SH ČMS - Sbor dobrovolných hasičů Koblov</t>
   </si>
   <si>
     <t xml:space="preserve">Koblovská 343/10</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Koblov</t>
   </si>
   <si>
     <t xml:space="preserve">71100</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
     <t xml:space="preserve">SH ČMS - Sbor dobrovolných hasičů Muglinov</t>
   </si>
   <si>
     <t xml:space="preserve">Hladnovská 981/121</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Muglinov</t>
   </si>
   <si>
     <t xml:space="preserve">71200</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.sdhmuglinov.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">SHOTOKAN KARATE KLUB ATTFIS, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Čkalovova 942/2</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://attfiskarate.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Sportovní akademie Ostrava, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Bohumíra Dvorského 1049/1</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Bělský Les</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://sportovniakademieostrava.cz/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Sportovní basketbalová škola Ostrava z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Václava Košaře 102/22</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Dubina</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.sbsostrava.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Stanice mladých turistů</t>
   </si>
   <si>
     <t xml:space="preserve">Bohuslava Martinů 17</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.yamahaprodeti.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Středisko volného času Korunka, Ostrava - Mariánské Hory, příspěvková organizace</t>
   </si>
   <si>
     <t xml:space="preserve">Korunní 699/49</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Mariánské Hory</t>
   </si>
   <si>
     <t xml:space="preserve">70900</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.svc-korunka.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Středisko volného času, Ostrava - Moravská Ostrava, příspěvková organizace</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrčilova 2925/19</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Moravská Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70200</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.svcoo.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Středisko volného času, Ostrava - Zábřeh, příspěvková organizace</t>
   </si>
   <si>
     <t xml:space="preserve">Gurťjevova 1823/8</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Zábřeh</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://svczabreh.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Středisko volného času, Ostrava - Zábřeh, příspěvková organizace</t>
   </si>
   <si>
     <t xml:space="preserve">Jaromíra Matuška 26a</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava-Dubina</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://svczabreh.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Středisko volného času, Ostrava - Zábřeh, příspěvková organizace</t>
   </si>
   <si>
     <t xml:space="preserve">V Zálomu 1</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava-Zábřeh</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://svczabreh.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">SVČ Korunka, Středisko přírodovědců</t>
   </si>
   <si>
     <t xml:space="preserve">Čkalovova 10</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava-Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.svc-korunka.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">SVČ Korunka, Středisko turistiky</t>
   </si>
   <si>
     <t xml:space="preserve">B.Martinů 17</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava-Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.svc-korunka.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">SWANKY, spolek</t>
   </si>
   <si>
     <t xml:space="preserve">Miroslava Bajera 6034/6</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.swanky.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Taneční škola Carmen</t>
   </si>
   <si>
     <t xml:space="preserve">K Lesu 556</t>
   </si>
   <si>
     <t xml:space="preserve">Markvartovice</t>
   </si>
   <si>
     <t xml:space="preserve">74714</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.lr-dance.cz/carmen/</t>
+  </si>
+  <si>
     <t xml:space="preserve">Tělocvičná jednota Sokol Moravská Ostrava 1</t>
   </si>
   <si>
     <t xml:space="preserve">Sokolská třída 1918/46</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Moravská Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70200</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.sokol-ostrava.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Tělocvičná jednota Sokol Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">Vřesinská 121/97</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Poruba</t>
   </si>
   <si>
     <t xml:space="preserve">70800</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.sokolporuba.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Tělovýchovná jednota Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">Varenská 3098/40</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Moravská Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70200</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.tjostrava.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">TJ Sokol Koblov z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Antošovická 491/51</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Koblov</t>
   </si>
   <si>
     <t xml:space="preserve">71100</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura, Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.tjsokolkoblov.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Vzájemné soužití o.p.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Bieblova 404/8</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Moravská Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70200</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.vzajemnesouziti.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Wrestling Club Ostrava, z. s.</t>
   </si>
   <si>
     <t xml:space="preserve">U Hrůbků 145</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Zábřeh</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.wrestling-club-ostrava.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Základní škola A.Kučery</t>
   </si>
   <si>
     <t xml:space="preserve">Alberta Kučery 1276/20</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">70030</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.crabik.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Základní umělecká škola Eduarda Marhuly, Ostrava - Mariánské Hory, Hudební 6, příspěvková organizace</t>
   </si>
   <si>
     <t xml:space="preserve">Hudební 596/6</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Mariánské Hory</t>
   </si>
   <si>
     <t xml:space="preserve">70900</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
+    <t xml:space="preserve">https://www.zusmarhory.cz</t>
+  </si>
+  <si>
     <t xml:space="preserve">Základní umělecká škola Edvarda Runda, Ostrava - Slezská Ostrava, Keltičkova 4, příspěvková organizace</t>
   </si>
   <si>
     <t xml:space="preserve">Keltičkova 137/4</t>
   </si>
   <si>
     <t xml:space="preserve">Ostrava - Slezská Ostrava</t>
   </si>
   <si>
     <t xml:space="preserve">71000</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
+  </si>
+  <si>
+    <t xml:space="preserve">https://www.zusslezskaostrava.cz</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
@@ -1003,1114 +1186,1675 @@
       <top/>
       <bottom/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf borderId="0" fillId="0" fontId="0" numFmtId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
-    <row r="1" spans="1:5">
+    <row r="1" spans="1:9">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
-    </row>
-    <row r="2" spans="1:5">
+      <c r="F1" s="0">
+        <v>49.7863738</v>
+      </c>
+      <c r="G1" s="0">
+        <v>18.2210063</v>
+      </c>
+      <c r="H1" s="0" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9">
       <c r="A2" s="0" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E2" s="0" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:5">
+        <v>10</v>
+      </c>
+      <c r="F2" s="0">
+        <v>49.7744765</v>
+      </c>
+      <c r="G2" s="0">
+        <v>18.2549719</v>
+      </c>
+      <c r="H2" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9">
       <c r="A3" s="0" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D3" s="0" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E3" s="0" t="s">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:5">
+        <v>16</v>
+      </c>
+      <c r="F3" s="0">
+        <v>49.7910483</v>
+      </c>
+      <c r="G3" s="0">
+        <v>18.2385643</v>
+      </c>
+      <c r="H3" s="0" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9">
       <c r="A4" s="0" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:5">
+        <v>22</v>
+      </c>
+      <c r="F4" s="0">
+        <v>49.8722332</v>
+      </c>
+      <c r="G4" s="0">
+        <v>18.2574779</v>
+      </c>
+      <c r="H4" s="0" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9">
       <c r="A5" s="0" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>24</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:5">
+        <v>28</v>
+      </c>
+      <c r="F5" s="0">
+        <v>49.8007632</v>
+      </c>
+      <c r="G5" s="0">
+        <v>18.236157</v>
+      </c>
+      <c r="H5" s="0" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9">
       <c r="A6" s="0" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="D6" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:5">
+        <v>34</v>
+      </c>
+      <c r="F6" s="0">
+        <v>49.831588</v>
+      </c>
+      <c r="G6" s="0">
+        <v>18.1661015</v>
+      </c>
+      <c r="H6" s="0" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9">
       <c r="A7" s="0" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:5">
+        <v>40</v>
+      </c>
+      <c r="F7" s="0">
+        <v>49.8321597</v>
+      </c>
+      <c r="G7" s="0">
+        <v>18.2904761</v>
+      </c>
+      <c r="H7" s="0" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9">
       <c r="A8" s="0" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E8" s="0" t="s">
-        <v>39</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:5">
+        <v>46</v>
+      </c>
+      <c r="F8" s="0">
+        <v>49.7932709</v>
+      </c>
+      <c r="G8" s="0">
+        <v>18.2354326</v>
+      </c>
+      <c r="H8" s="0" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9">
       <c r="A9" s="0" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:5">
+        <v>52</v>
+      </c>
+      <c r="F9" s="0">
+        <v>49.8553645</v>
+      </c>
+      <c r="G9" s="0">
+        <v>18.2955687</v>
+      </c>
+      <c r="H9" s="0" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9">
       <c r="A10" s="0" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="E10" s="0" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:5">
+        <v>58</v>
+      </c>
+      <c r="F10" s="0">
+        <v>49.7720494</v>
+      </c>
+      <c r="G10" s="0">
+        <v>18.2813919</v>
+      </c>
+      <c r="H10" s="0" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9">
       <c r="A11" s="0" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="E11" s="0" t="s">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:5">
+        <v>64</v>
+      </c>
+      <c r="F11" s="0">
+        <v>49.7867071</v>
+      </c>
+      <c r="G11" s="0">
+        <v>18.2224298</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9">
       <c r="A12" s="0" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>56</v>
+        <v>66</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="E12" s="0" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:5">
+        <v>69</v>
+      </c>
+      <c r="F12" s="0">
+        <v>49.8248159</v>
+      </c>
+      <c r="G12" s="0">
+        <v>18.1458654</v>
+      </c>
+      <c r="H12" s="0" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9">
       <c r="A13" s="0" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>61</v>
+        <v>72</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:5">
+        <v>75</v>
+      </c>
+      <c r="F13" s="0">
+        <v>49.7714362</v>
+      </c>
+      <c r="G13" s="0">
+        <v>18.2525704</v>
+      </c>
+      <c r="H13" s="0" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9">
       <c r="A14" s="0" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>66</v>
+        <v>78</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:5">
+        <v>81</v>
+      </c>
+      <c r="F14" s="0">
+        <v>49.7802732</v>
+      </c>
+      <c r="G14" s="0">
+        <v>18.2590992</v>
+      </c>
+      <c r="H14" s="0" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9">
       <c r="A15" s="0" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>71</v>
+        <v>84</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>73</v>
+        <v>86</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:5">
+        <v>87</v>
+      </c>
+      <c r="F15" s="0">
+        <v>49.8303678</v>
+      </c>
+      <c r="G15" s="0">
+        <v>18.1736969</v>
+      </c>
+      <c r="H15" s="0" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9">
       <c r="A16" s="0" t="s">
-        <v>75</v>
+        <v>89</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>76</v>
+        <v>90</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>78</v>
+        <v>92</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:5">
+        <v>93</v>
+      </c>
+      <c r="F16" s="0">
+        <v>49.8463716</v>
+      </c>
+      <c r="G16" s="0">
+        <v>18.2898514</v>
+      </c>
+      <c r="H16" s="0" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9">
       <c r="A17" s="0" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>81</v>
+        <v>96</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>82</v>
+        <v>97</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:5">
+        <v>99</v>
+      </c>
+      <c r="F17" s="0">
+        <v>49.848754</v>
+      </c>
+      <c r="G17" s="0">
+        <v>18.3323725</v>
+      </c>
+      <c r="H17" s="0" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9">
       <c r="A18" s="0" t="s">
-        <v>85</v>
+        <v>101</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>86</v>
+        <v>102</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>87</v>
+        <v>103</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>88</v>
+        <v>104</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:5">
+        <v>105</v>
+      </c>
+      <c r="F18" s="0">
+        <v>49.8464313</v>
+      </c>
+      <c r="G18" s="0">
+        <v>18.1755362</v>
+      </c>
+      <c r="H18" s="0" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9">
       <c r="A19" s="0" t="s">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>91</v>
+        <v>108</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>92</v>
+        <v>109</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:5">
+        <v>111</v>
+      </c>
+      <c r="F19" s="0">
+        <v>49.8393031</v>
+      </c>
+      <c r="G19" s="0">
+        <v>18.2922502</v>
+      </c>
+      <c r="H19" s="0" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9">
       <c r="A20" s="0" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>96</v>
+        <v>114</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>97</v>
+        <v>115</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>98</v>
+        <v>116</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:5">
+        <v>117</v>
+      </c>
+      <c r="F20" s="0">
+        <v>49.8553645</v>
+      </c>
+      <c r="G20" s="0">
+        <v>18.2955687</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9">
       <c r="A21" s="0" t="s">
-        <v>100</v>
+        <v>119</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>101</v>
+        <v>120</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>102</v>
+        <v>121</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>103</v>
+        <v>122</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:5">
+        <v>123</v>
+      </c>
+      <c r="F21" s="0">
+        <v>49.8536613</v>
+      </c>
+      <c r="G21" s="0">
+        <v>18.3300237</v>
+      </c>
+      <c r="H21" s="0" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9">
       <c r="A22" s="0" t="s">
-        <v>105</v>
+        <v>125</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>106</v>
+        <v>126</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>107</v>
+        <v>127</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>108</v>
+        <v>128</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>109</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:5">
+        <v>129</v>
+      </c>
+      <c r="F22" s="0">
+        <v>49.8395996</v>
+      </c>
+      <c r="G22" s="0">
+        <v>18.256145</v>
+      </c>
+      <c r="H22" s="0" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9">
       <c r="A23" s="0" t="s">
-        <v>110</v>
+        <v>131</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>111</v>
+        <v>132</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>112</v>
+        <v>133</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:5">
+        <v>135</v>
+      </c>
+      <c r="F23" s="0">
+        <v>49.8254862</v>
+      </c>
+      <c r="G23" s="0">
+        <v>18.1688898</v>
+      </c>
+      <c r="H23" s="0" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9">
       <c r="A24" s="0" t="s">
-        <v>115</v>
+        <v>137</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>116</v>
+        <v>138</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>117</v>
+        <v>139</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>118</v>
+        <v>140</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:5">
+        <v>141</v>
+      </c>
+      <c r="F24" s="0">
+        <v>49.8289443</v>
+      </c>
+      <c r="G24" s="0">
+        <v>18.2540374</v>
+      </c>
+      <c r="H24" s="0" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9">
       <c r="A25" s="0" t="s">
-        <v>120</v>
+        <v>143</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>122</v>
+        <v>145</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>123</v>
+        <v>146</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>124</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:5">
+        <v>147</v>
+      </c>
+      <c r="F25" s="0">
+        <v>49.833168</v>
+      </c>
+      <c r="G25" s="0">
+        <v>18.1831248</v>
+      </c>
+      <c r="H25" s="0" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9">
       <c r="A26" s="0" t="s">
-        <v>125</v>
+        <v>149</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>126</v>
+        <v>150</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>127</v>
+        <v>151</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>128</v>
+        <v>152</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:5">
+        <v>153</v>
+      </c>
+      <c r="F26" s="0">
+        <v>49.80776</v>
+      </c>
+      <c r="G26" s="0">
+        <v>18.3006673</v>
+      </c>
+      <c r="H26" s="0" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9">
       <c r="A27" s="0" t="s">
-        <v>130</v>
+        <v>155</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>131</v>
+        <v>156</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>132</v>
+        <v>157</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>133</v>
+        <v>158</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:5">
+        <v>159</v>
+      </c>
+      <c r="F27" s="0">
+        <v>49.847038</v>
+      </c>
+      <c r="G27" s="0">
+        <v>18.3423297</v>
+      </c>
+      <c r="H27" s="0" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9">
       <c r="A28" s="0" t="s">
-        <v>135</v>
+        <v>161</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>136</v>
+        <v>162</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>137</v>
+        <v>163</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>138</v>
+        <v>164</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:5">
+        <v>165</v>
+      </c>
+      <c r="F28" s="0">
+        <v>49.8722332</v>
+      </c>
+      <c r="G28" s="0">
+        <v>18.2574779</v>
+      </c>
+      <c r="H28" s="0" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9">
       <c r="A29" s="0" t="s">
-        <v>140</v>
+        <v>167</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>141</v>
+        <v>168</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>142</v>
+        <v>169</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>143</v>
+        <v>170</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:5">
+        <v>171</v>
+      </c>
+      <c r="F29" s="0">
+        <v>49.8450567</v>
+      </c>
+      <c r="G29" s="0">
+        <v>18.2887876</v>
+      </c>
+      <c r="H29" s="0" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9">
       <c r="A30" s="0" t="s">
-        <v>145</v>
+        <v>173</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>146</v>
+        <v>174</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>147</v>
+        <v>175</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>148</v>
+        <v>176</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:5">
+        <v>177</v>
+      </c>
+      <c r="F30" s="0">
+        <v>49.83305</v>
+      </c>
+      <c r="G30" s="0">
+        <v>18.2838125</v>
+      </c>
+      <c r="H30" s="0" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9">
       <c r="A31" s="0" t="s">
-        <v>150</v>
+        <v>179</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>151</v>
+        <v>180</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>152</v>
+        <v>181</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>153</v>
+        <v>182</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:5">
+        <v>183</v>
+      </c>
+      <c r="F31" s="0">
+        <v>49.8087757</v>
+      </c>
+      <c r="G31" s="0">
+        <v>18.3037648</v>
+      </c>
+      <c r="H31" s="0" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9">
       <c r="A32" s="0" t="s">
-        <v>155</v>
+        <v>185</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>156</v>
+        <v>186</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>157</v>
+        <v>187</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>158</v>
+        <v>188</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:5">
+        <v>189</v>
+      </c>
+      <c r="F32" s="0">
+        <v>49.8419975</v>
+      </c>
+      <c r="G32" s="0">
+        <v>18.3024363</v>
+      </c>
+      <c r="H32" s="0" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9">
       <c r="A33" s="0" t="s">
-        <v>160</v>
+        <v>191</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>161</v>
+        <v>192</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>162</v>
+        <v>193</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>163</v>
+        <v>194</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:5">
+        <v>195</v>
+      </c>
+      <c r="F33" s="0">
+        <v>49.8261836</v>
+      </c>
+      <c r="G33" s="0">
+        <v>18.1945829</v>
+      </c>
+      <c r="H33" s="0" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9">
       <c r="A34" s="0" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>166</v>
+        <v>198</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>167</v>
+        <v>199</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>168</v>
+        <v>200</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:5">
+        <v>201</v>
+      </c>
+      <c r="F34" s="0">
+        <v>49.8089657</v>
+      </c>
+      <c r="G34" s="0">
+        <v>18.2678107</v>
+      </c>
+      <c r="H34" s="0" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9">
       <c r="A35" s="0" t="s">
-        <v>170</v>
+        <v>203</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>171</v>
+        <v>204</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>172</v>
+        <v>205</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>173</v>
+        <v>206</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>174</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:5">
+        <v>207</v>
+      </c>
+      <c r="F35" s="0">
+        <v>49.8032368</v>
+      </c>
+      <c r="G35" s="0">
+        <v>18.2383535</v>
+      </c>
+      <c r="H35" s="0" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9">
       <c r="A36" s="0" t="s">
-        <v>175</v>
+        <v>209</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>176</v>
+        <v>210</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>177</v>
+        <v>211</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>178</v>
+        <v>212</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:5">
+        <v>213</v>
+      </c>
+      <c r="F36" s="0">
+        <v>49.8223134</v>
+      </c>
+      <c r="G36" s="0">
+        <v>18.200326</v>
+      </c>
+      <c r="H36" s="0" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9">
       <c r="A37" s="0" t="s">
-        <v>180</v>
+        <v>215</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>181</v>
+        <v>216</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>182</v>
+        <v>217</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>183</v>
+        <v>218</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>184</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:5">
+        <v>219</v>
+      </c>
+      <c r="F37" s="0">
+        <v>49.781186</v>
+      </c>
+      <c r="G37" s="0">
+        <v>18.2207608</v>
+      </c>
+      <c r="H37" s="0" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9">
       <c r="A38" s="0" t="s">
-        <v>185</v>
+        <v>221</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>187</v>
+        <v>223</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>188</v>
+        <v>224</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:5">
+        <v>225</v>
+      </c>
+      <c r="F38" s="0">
+        <v>49.8450567</v>
+      </c>
+      <c r="G38" s="0">
+        <v>18.2887876</v>
+      </c>
+      <c r="H38" s="0" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9">
       <c r="A39" s="0" t="s">
-        <v>190</v>
+        <v>227</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>191</v>
+        <v>228</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>192</v>
+        <v>229</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>193</v>
+        <v>230</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>194</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:5">
+        <v>231</v>
+      </c>
+      <c r="F39" s="0">
+        <v>49.8607976</v>
+      </c>
+      <c r="G39" s="0">
+        <v>18.3314513</v>
+      </c>
+      <c r="H39" s="0" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9">
       <c r="A40" s="0" t="s">
-        <v>195</v>
+        <v>233</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>196</v>
+        <v>234</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>197</v>
+        <v>235</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>198</v>
+        <v>236</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:5">
+        <v>237</v>
+      </c>
+      <c r="F40" s="0">
+        <v>49.8736331</v>
+      </c>
+      <c r="G40" s="0">
+        <v>18.284841</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9">
       <c r="A41" s="0" t="s">
-        <v>200</v>
+        <v>238</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>201</v>
+        <v>239</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>202</v>
+        <v>240</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>203</v>
+        <v>241</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:5">
+        <v>242</v>
+      </c>
+      <c r="F41" s="0">
+        <v>49.8549345</v>
+      </c>
+      <c r="G41" s="0">
+        <v>18.2941481</v>
+      </c>
+      <c r="H41" s="0" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9">
       <c r="A42" s="0" t="s">
-        <v>205</v>
+        <v>244</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>206</v>
+        <v>245</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>207</v>
+        <v>246</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>208</v>
+        <v>247</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>209</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:5">
+        <v>248</v>
+      </c>
+      <c r="F42" s="0">
+        <v>49.8281601</v>
+      </c>
+      <c r="G42" s="0">
+        <v>18.1833932</v>
+      </c>
+      <c r="H42" s="0" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9">
       <c r="A43" s="0" t="s">
-        <v>210</v>
+        <v>250</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>211</v>
+        <v>251</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>212</v>
+        <v>252</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>213</v>
+        <v>253</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:5">
+        <v>254</v>
+      </c>
+      <c r="F43" s="0">
+        <v>49.7802516</v>
+      </c>
+      <c r="G43" s="0">
+        <v>18.247422</v>
+      </c>
+      <c r="H43" s="0" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
       <c r="A44" s="0" t="s">
-        <v>215</v>
+        <v>256</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>216</v>
+        <v>257</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>217</v>
+        <v>258</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>218</v>
+        <v>259</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>219</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:5">
+        <v>260</v>
+      </c>
+      <c r="F44" s="0">
+        <v>49.7747443</v>
+      </c>
+      <c r="G44" s="0">
+        <v>18.2570852</v>
+      </c>
+      <c r="H44" s="0" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9">
       <c r="A45" s="0" t="s">
-        <v>220</v>
+        <v>262</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>221</v>
+        <v>263</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>222</v>
+        <v>264</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>223</v>
+        <v>265</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:5">
+        <v>266</v>
+      </c>
+      <c r="F45" s="0">
+        <v>49.8311358</v>
+      </c>
+      <c r="G45" s="0">
+        <v>18.1723884</v>
+      </c>
+      <c r="H45" s="0" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9">
       <c r="A46" s="0" t="s">
-        <v>225</v>
+        <v>268</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>226</v>
+        <v>269</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>227</v>
+        <v>270</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>228</v>
+        <v>271</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>229</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:5">
+        <v>272</v>
+      </c>
+      <c r="F46" s="0">
+        <v>49.8311137</v>
+      </c>
+      <c r="G46" s="0">
+        <v>18.2561525</v>
+      </c>
+      <c r="H46" s="0" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9">
       <c r="A47" s="0" t="s">
-        <v>230</v>
+        <v>274</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>231</v>
+        <v>275</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>232</v>
+        <v>276</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>233</v>
+        <v>277</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>234</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:5">
+        <v>278</v>
+      </c>
+      <c r="F47" s="0">
+        <v>49.8412388</v>
+      </c>
+      <c r="G47" s="0">
+        <v>18.2850636</v>
+      </c>
+      <c r="H47" s="0" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9">
       <c r="A48" s="0" t="s">
-        <v>235</v>
+        <v>280</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>236</v>
+        <v>281</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>237</v>
+        <v>282</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>238</v>
+        <v>283</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>239</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:5">
+        <v>284</v>
+      </c>
+      <c r="F48" s="0">
+        <v>49.7932709</v>
+      </c>
+      <c r="G48" s="0">
+        <v>18.2354326</v>
+      </c>
+      <c r="H48" s="0" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9">
       <c r="A49" s="0" t="s">
-        <v>240</v>
+        <v>286</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>241</v>
+        <v>287</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>242</v>
+        <v>288</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>243</v>
+        <v>289</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>244</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:5">
+        <v>290</v>
+      </c>
+      <c r="F49" s="0">
+        <v>49.7780905</v>
+      </c>
+      <c r="G49" s="0">
+        <v>18.2557168</v>
+      </c>
+      <c r="H49" s="0" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9">
       <c r="A50" s="0" t="s">
-        <v>245</v>
+        <v>292</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>246</v>
+        <v>293</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>247</v>
+        <v>294</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>248</v>
+        <v>295</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>249</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:5">
+        <v>296</v>
+      </c>
+      <c r="F50" s="0">
+        <v>49.811165</v>
+      </c>
+      <c r="G50" s="0">
+        <v>18.2309736</v>
+      </c>
+      <c r="H50" s="0" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9">
       <c r="A51" s="0" t="s">
-        <v>250</v>
+        <v>298</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>251</v>
+        <v>299</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>252</v>
+        <v>300</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>253</v>
+        <v>301</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:5">
+        <v>302</v>
+      </c>
+      <c r="F51" s="0">
+        <v>49.8290059</v>
+      </c>
+      <c r="G51" s="0">
+        <v>18.1795851</v>
+      </c>
+      <c r="H51" s="0" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9">
       <c r="A52" s="0" t="s">
-        <v>255</v>
+        <v>304</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>256</v>
+        <v>305</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>257</v>
+        <v>306</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>258</v>
+        <v>307</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>259</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:5">
+        <v>308</v>
+      </c>
+      <c r="F52" s="0">
+        <v>49.8311722</v>
+      </c>
+      <c r="G52" s="0">
+        <v>18.1723947</v>
+      </c>
+      <c r="H52" s="0" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9">
       <c r="A53" s="0" t="s">
-        <v>260</v>
+        <v>310</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>261</v>
+        <v>311</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>262</v>
+        <v>312</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>263</v>
+        <v>313</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>264</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:5">
+        <v>314</v>
+      </c>
+      <c r="F53" s="0">
+        <v>49.8447535</v>
+      </c>
+      <c r="G53" s="0">
+        <v>18.1663614</v>
+      </c>
+      <c r="H53" s="0" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9">
       <c r="A54" s="0" t="s">
-        <v>265</v>
+        <v>316</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>266</v>
+        <v>317</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>267</v>
+        <v>318</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>268</v>
+        <v>319</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:5">
+        <v>320</v>
+      </c>
+      <c r="F54" s="0">
+        <v>49.9104375</v>
+      </c>
+      <c r="G54" s="0">
+        <v>18.2324442</v>
+      </c>
+      <c r="H54" s="0" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9">
       <c r="A55" s="0" t="s">
-        <v>270</v>
+        <v>322</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>271</v>
+        <v>323</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>272</v>
+        <v>324</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>273</v>
+        <v>325</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:5">
+        <v>326</v>
+      </c>
+      <c r="F55" s="0">
+        <v>49.8457785</v>
+      </c>
+      <c r="G55" s="0">
+        <v>18.2870085</v>
+      </c>
+      <c r="H55" s="0" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9">
       <c r="A56" s="0" t="s">
-        <v>275</v>
+        <v>328</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>276</v>
+        <v>329</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>277</v>
+        <v>330</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>278</v>
+        <v>331</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:5">
+        <v>332</v>
+      </c>
+      <c r="F56" s="0">
+        <v>49.8219899</v>
+      </c>
+      <c r="G56" s="0">
+        <v>18.1549551</v>
+      </c>
+      <c r="H56" s="0" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9">
       <c r="A57" s="0" t="s">
-        <v>280</v>
+        <v>334</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>281</v>
+        <v>335</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>282</v>
+        <v>336</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>283</v>
+        <v>337</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:5">
+        <v>338</v>
+      </c>
+      <c r="F57" s="0">
+        <v>49.8352533</v>
+      </c>
+      <c r="G57" s="0">
+        <v>18.2688778</v>
+      </c>
+      <c r="H57" s="0" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9">
       <c r="A58" s="0" t="s">
-        <v>285</v>
+        <v>340</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>286</v>
+        <v>341</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>287</v>
+        <v>342</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>288</v>
+        <v>343</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>289</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:5">
+        <v>344</v>
+      </c>
+      <c r="F58" s="0">
+        <v>49.8775997</v>
+      </c>
+      <c r="G58" s="0">
+        <v>18.2851759</v>
+      </c>
+      <c r="H58" s="0" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9">
       <c r="A59" s="0" t="s">
-        <v>290</v>
+        <v>346</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>291</v>
+        <v>347</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>292</v>
+        <v>348</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>293</v>
+        <v>349</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>294</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:5">
+        <v>350</v>
+      </c>
+      <c r="F59" s="0">
+        <v>49.8413034</v>
+      </c>
+      <c r="G59" s="0">
+        <v>18.2812194</v>
+      </c>
+      <c r="H59" s="0" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9">
       <c r="A60" s="0" t="s">
-        <v>295</v>
+        <v>352</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>296</v>
+        <v>353</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>297</v>
+        <v>354</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>298</v>
+        <v>355</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:5">
+        <v>356</v>
+      </c>
+      <c r="F60" s="0">
+        <v>49.8075862</v>
+      </c>
+      <c r="G60" s="0">
+        <v>18.2351523</v>
+      </c>
+      <c r="H60" s="0" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9">
       <c r="A61" s="0" t="s">
-        <v>300</v>
+        <v>358</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>301</v>
+        <v>359</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>302</v>
+        <v>360</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>303</v>
+        <v>361</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>304</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:5">
+        <v>362</v>
+      </c>
+      <c r="F61" s="0">
+        <v>49.7802732</v>
+      </c>
+      <c r="G61" s="0">
+        <v>18.2590992</v>
+      </c>
+      <c r="H61" s="0" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9">
       <c r="A62" s="0" t="s">
-        <v>305</v>
+        <v>364</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>306</v>
+        <v>365</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>307</v>
+        <v>366</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>308</v>
+        <v>367</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:5">
+        <v>368</v>
+      </c>
+      <c r="F62" s="0">
+        <v>49.8309688</v>
+      </c>
+      <c r="G62" s="0">
+        <v>18.255377</v>
+      </c>
+      <c r="H62" s="0" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9">
       <c r="A63" s="0" t="s">
-        <v>310</v>
+        <v>370</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>311</v>
+        <v>371</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>312</v>
+        <v>372</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>313</v>
+        <v>373</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>314</v>
+        <v>374</v>
+      </c>
+      <c r="F63" s="0">
+        <v>49.8376513</v>
+      </c>
+      <c r="G63" s="0">
+        <v>18.2986251</v>
+      </c>
+      <c r="H63" s="0" t="s">
+        <v>375</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>